--- v0 (2025-11-28)
+++ v1 (2026-03-09)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LXXXIII сесія VIII скликання</t>
   </si>
   <si>
     <t>Здолбунівська міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Висоцький Юрій Олегович</t>
   </si>
   <si>
     <t>Войцеховський Олександр Іванович</t>
   </si>
   <si>
     <t>Бабак Людмила Василівна</t>
   </si>
   <si>
@@ -255,53 +255,50 @@
     <t>477916. Про доповнення до переліку І типу</t>
   </si>
   <si>
     <t>15.10.25  09:51:46</t>
   </si>
   <si>
     <t>15.10.25  09:52:23</t>
   </si>
   <si>
     <t>478118. Про прийняття у комунальну власність транспортного засобу</t>
   </si>
   <si>
     <t>15.10.25  09:52:57</t>
   </si>
   <si>
     <t>478219. Про передачу з балансу міської ради на баланнс КП ТЗ</t>
   </si>
   <si>
     <t>15.10.25  09:53:40</t>
   </si>
   <si>
     <t>478320.Про передачу майна з балансу міської ради (водоканал)</t>
   </si>
   <si>
     <t>15.10.25  09:54:26</t>
-  </si>
-[...1 lines deleted...]
-    <t>478421. Про передачу майна з балансу терцентру на баланс кп</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>15.10.25  09:55:07</t>
   </si>
   <si>
     <t>478522. Про передачу трансформаторної підстанції</t>
   </si>
   <si>
     <t>15.10.25  09:56:03</t>
   </si>
   <si>
     <t>478623. Про надання дозволу на розроблення містобудівної документації</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>15.10.25  09:56:52</t>
   </si>
   <si>
     <t>478724. Про надання дозволу на розроблення містобудівної документації</t>
   </si>
@@ -2838,55 +2835,55 @@
         <v>38</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>81</v>
       </c>
-      <c r="C23" t="s" s="4">
+      <c r="C23" s="4">
+        <v>4784</v>
+      </c>
+      <c r="D23" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E23" t="s">
         <v>35</v>
       </c>
       <c r="F23" t="s">
         <v>36</v>
       </c>
       <c r="G23" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J23" t="s" s="5">
         <v>37</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>38</v>
       </c>
@@ -2937,54 +2934,54 @@
       </c>
       <c r="AB23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>83</v>
+      </c>
+      <c r="C24" t="s" s="4">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D24" t="s">
         <v>34</v>
       </c>
       <c r="E24" t="s">
         <v>35</v>
       </c>
       <c r="F24" t="s">
         <v>41</v>
       </c>
       <c r="G24" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J24" t="s" s="5">
         <v>37</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>38</v>
       </c>
@@ -3038,63 +3035,63 @@
       </c>
       <c r="AB24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>85</v>
+      </c>
+      <c r="C25" t="s" s="4">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D25" t="s">
         <v>34</v>
       </c>
       <c r="E25" t="s">
         <v>35</v>
       </c>
       <c r="F25" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G25" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H25" t="s" s="5">
         <v>42</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J25" t="s" s="5">
         <v>37</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>42</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>38</v>
       </c>
@@ -3139,54 +3136,54 @@
       </c>
       <c r="AB25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>42</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>88</v>
+      </c>
+      <c r="C26" t="s" s="4">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D26" t="s">
         <v>34</v>
       </c>
       <c r="E26" t="s">
         <v>35</v>
       </c>
       <c r="F26" t="s">
         <v>41</v>
       </c>
       <c r="G26" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H26" t="s" s="5">
         <v>42</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>37</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>38</v>
       </c>
@@ -3240,51 +3237,51 @@
       </c>
       <c r="AB26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>478825. Про затвердження технічних документацій із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) та передачу земельних ділянок у власність</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>34</v>
       </c>
       <c r="E27" t="s">
         <v>35</v>
       </c>
       <c r="F27" t="s">
         <v>52</v>
       </c>
       <c r="G27" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J27" t="s" s="5">
@@ -3343,51 +3340,51 @@
       </c>
       <c r="AB27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>478926. Про затвердження проекту землеустрою щодо встановлення меж території Здолбунівської міської територіальної громади Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>34</v>
       </c>
       <c r="E28" t="s">
         <v>35</v>
       </c>
       <c r="F28" t="s">
         <v>36</v>
       </c>
       <c r="G28" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J28" t="s" s="5">
@@ -3446,51 +3443,51 @@
       </c>
       <c r="AB28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
           <t>479027. Про погодження проекту землеустрою щодо встановлення меж території Корнинської сільської територіальної громади Рівненської області</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>34</v>
       </c>
       <c r="E29" t="s">
         <v>35</v>
       </c>
       <c r="F29" t="s">
         <v>52</v>
       </c>
       <c r="G29" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J29" t="s" s="5">
@@ -3549,51 +3546,51 @@
       </c>
       <c r="AB29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>479228. Про затвердження технічної документації із землеустрою щодо встановлення меж земельної ділянки в натурі в межах с.Новомильськ , гр. Рижковій Світлані Ігнатівні ОСГ</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>34</v>
       </c>
       <c r="E30" t="s">
         <v>35</v>
       </c>
       <c r="F30" t="s">
         <v>41</v>
       </c>
       <c r="G30" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J30" t="s" s="5">
@@ -3652,51 +3649,51 @@
       </c>
       <c r="AB30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>479329. Про затвердження технічної документації із землеустрою щодо встановлення меж земельної ділянки в натурі в межах с.Глинськ , гр. Юсенко Т. М. ОСГ</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>34</v>
       </c>
       <c r="E31" t="s">
         <v>35</v>
       </c>
       <c r="F31" t="s">
         <v>41</v>
       </c>
       <c r="G31" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J31" t="s" s="5">
@@ -3755,51 +3752,51 @@
       </c>
       <c r="AB31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
           <t>479430. Про затвердження технічної документації із землеустрою щодо встановлення меж земельної ділянки в натурі в межах с.Новомильськ вул. Нова, 42, гр. Рижковій Світлані Ігнатівні ОЖБ</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>34</v>
       </c>
       <c r="E32" t="s">
         <v>35</v>
       </c>
       <c r="F32" t="s">
         <v>41</v>
       </c>
       <c r="G32" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J32" t="s" s="5">
@@ -3858,51 +3855,51 @@
       </c>
       <c r="AB32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
           <t>479531. Про затвердження технічної документації із землеустрою щодо встановлення меж земельної ділянки в натурі в межах с.Підцурків, гр. Котрадій М.І. ОСГ</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>34</v>
       </c>
       <c r="E33" t="s">
         <v>35</v>
       </c>
       <c r="F33" t="s">
         <v>41</v>
       </c>
       <c r="G33" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J33" t="s" s="5">
@@ -3961,51 +3958,51 @@
       </c>
       <c r="AB33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>479632. Про затвердження технічної документації із землеустрою щодо встановлення меж земельної ділянки в натурі в межах с.Підцурків вул. Підцурків,16, гр.Котрадій М. І. ОЖБ</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>34</v>
       </c>
       <c r="E34" t="s">
         <v>35</v>
       </c>
       <c r="F34" t="s">
         <v>41</v>
       </c>
       <c r="G34" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J34" t="s" s="5">
@@ -4064,51 +4061,51 @@
       </c>
       <c r="AB34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>479833. Про затвердження проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років громадянці Дашкель Н.О. для городництва с. Пятигори</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>34</v>
       </c>
       <c r="E35" t="s">
         <v>35</v>
       </c>
       <c r="F35" t="s">
         <v>52</v>
       </c>
       <c r="G35" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J35" t="s" s="5">
@@ -4167,51 +4164,51 @@
       </c>
       <c r="AB35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>479934. Про затвердження проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років громадянці Шумелянко Н.А. для городництва м. Здолбунів</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>34</v>
       </c>
       <c r="E36" t="s">
         <v>35</v>
       </c>
       <c r="F36" t="s">
         <v>52</v>
       </c>
       <c r="G36" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J36" t="s" s="5">
@@ -4270,51 +4267,51 @@
       </c>
       <c r="AB36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
           <t>480135. Про затвердження тех. док. щодо встановлення земельної ділянки в оренду терміном на 5 років громадянину Кійченку Т.Г.</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>34</v>
       </c>
       <c r="E37" t="s">
         <v>35</v>
       </c>
       <c r="F37" t="s">
         <v>52</v>
       </c>
       <c r="G37" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J37" t="s" s="5">
@@ -4373,51 +4370,51 @@
       </c>
       <c r="AB37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>480236. Про затвердження технічної документації громадянину Ляшуку Володимиру Сергійовичу для будівництва індивідуального гаража</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>34</v>
       </c>
       <c r="E38" t="s">
         <v>35</v>
       </c>
       <c r="F38" t="s">
         <v>52</v>
       </c>
       <c r="G38" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J38" t="s" s="5">
@@ -4476,51 +4473,51 @@
       </c>
       <c r="AB38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>480337. Про затвердження технічної документації громадянину Микусю Роману Теодозійовичу для будівництва індивідуального гаража</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>34</v>
       </c>
       <c r="E39" t="s">
         <v>35</v>
       </c>
       <c r="F39" t="s">
         <v>52</v>
       </c>
       <c r="G39" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J39" t="s" s="5">
@@ -4579,51 +4576,51 @@
       </c>
       <c r="AB39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>480438. Про затвердження проекту із землеустрою щодо відведення земельної ділянки у власність громадянину Натяжку Василю Михайловичу для гаража</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>34</v>
       </c>
       <c r="E40" t="s">
         <v>35</v>
       </c>
       <c r="F40" t="s">
         <v>36</v>
       </c>
       <c r="G40" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J40" t="s" s="5">
@@ -4682,51 +4679,51 @@
       </c>
       <c r="AB40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>480639. Про затвердження проекту землеустрою цільове призначення якої змінюється громадянину Тарасову Андрію Володимировичу</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>34</v>
       </c>
       <c r="E41" t="s">
         <v>35</v>
       </c>
       <c r="F41" t="s">
         <v>41</v>
       </c>
       <c r="G41" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J41" t="s" s="5">
@@ -4785,51 +4782,51 @@
       </c>
       <c r="AB41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
           <t>480740. Про затвердження проекту землеустрою цільове призначення якої змінюється громадянці Паламарчук Світлані Володимирівні</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>34</v>
       </c>
       <c r="E42" t="s">
         <v>35</v>
       </c>
       <c r="F42" t="s">
         <v>41</v>
       </c>
       <c r="G42" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J42" t="s" s="5">
@@ -4888,51 +4885,51 @@
       </c>
       <c r="AB42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>480841. Про затвердження технічної документації із землеустрою щодо встановлення меж земельної ділянки в натурі, громадянці Парійчук Галині Володимирівні</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>34</v>
       </c>
       <c r="E43" t="s">
         <v>35</v>
       </c>
       <c r="F43" t="s">
         <v>36</v>
       </c>
       <c r="G43" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J43" t="s" s="5">
@@ -4991,51 +4988,51 @@
       </c>
       <c r="AB43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
           <t>480942. Про передачу земельної ділянки в оренду громадянину Новачуку Анатолію Сергійовичу для обслуговування будівель закладів культурно просвітницького обслуговування</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>34</v>
       </c>
       <c r="E44" t="s">
         <v>35</v>
       </c>
       <c r="F44" t="s">
         <v>36</v>
       </c>
       <c r="G44" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J44" t="s" s="5">
@@ -5094,51 +5091,51 @@
       </c>
       <c r="AB44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
           <t>481043. Про передачу земельної ділянки в оренду терміном на 5 років Приватному акціонерному товариству «Рівнеобленерго»</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>34</v>
       </c>
       <c r="E45" t="s">
         <v>35</v>
       </c>
       <c r="F45" t="s">
         <v>52</v>
       </c>
       <c r="G45" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J45" t="s" s="5">
@@ -5197,51 +5194,51 @@
       </c>
       <c r="AB45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
           <t>481244. Про передачу земельної ділянки КП «Здолбунівське» для будівництва та обслуговування будівель закладів побутового обслуговування в селі Глинськ</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>34</v>
       </c>
       <c r="E46" t="s">
         <v>35</v>
       </c>
       <c r="F46" t="s">
         <v>41</v>
       </c>
       <c r="G46" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J46" t="s" s="5">
@@ -5300,51 +5297,51 @@
       </c>
       <c r="AB46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
           <t>481345. Про передачу земельної ділянки КП «Здолбунівське» для будівництва та обслуговування будівель закладів побутового обслуговування в селі Марянівка</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>34</v>
       </c>
       <c r="E47" t="s">
         <v>35</v>
       </c>
       <c r="F47" t="s">
         <v>41</v>
       </c>
       <c r="G47" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J47" t="s" s="5">
@@ -5403,51 +5400,51 @@
       </c>
       <c r="AB47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE47" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>481446. Про передачу земельної ділянки КП «Здолбунівське» для будівництва та обслуговування будівель закладів побутового обслуговування в селі</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>34</v>
       </c>
       <c r="E48" t="s">
         <v>35</v>
       </c>
       <c r="F48" t="s">
         <v>41</v>
       </c>
       <c r="G48" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J48" t="s" s="5">
@@ -5506,51 +5503,51 @@
       </c>
       <c r="AB48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
           <t>481547. Про передачу земельної ділянки КП «Здолбунівське» для будівництва та обслуговування будівель закладів побутового обслуговування в селі Підцурків</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>34</v>
       </c>
       <c r="E49" t="s">
         <v>35</v>
       </c>
       <c r="F49" t="s">
         <v>41</v>
       </c>
       <c r="G49" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J49" t="s" s="5">
@@ -5609,51 +5606,51 @@
       </c>
       <c r="AB49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE49" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG49" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
           <t>481648. Про передачу земельної ділянки КП «Здолбунівське» для будівництва та обслуговування будівель закладів побутового обслуговування в селі Пятигори</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>34</v>
       </c>
       <c r="E50" t="s">
         <v>35</v>
       </c>
       <c r="F50" t="s">
         <v>41</v>
       </c>
       <c r="G50" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J50" t="s" s="5">
@@ -5712,51 +5709,51 @@
       </c>
       <c r="AB50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>481749. Про передачу земельної ділянки КП «Здолбунівське» для будівництва та обслуговування будівель закладів побутового обслуговування по вул. Старомильськ</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>34</v>
       </c>
       <c r="E51" t="s">
         <v>35</v>
       </c>
       <c r="F51" t="s">
         <v>41</v>
       </c>
       <c r="G51" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J51" t="s" s="5">
@@ -5815,51 +5812,51 @@
       </c>
       <c r="AB51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
           <t>481850. Про передачу земельної ділянки КП «Здолбунівське» для будівництва та обслуговування будівель закладів побутового обслуговування в селі Новосілки</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>34</v>
       </c>
       <c r="E52" t="s">
         <v>35</v>
       </c>
       <c r="F52" t="s">
         <v>41</v>
       </c>
       <c r="G52" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J52" t="s" s="5">
@@ -5918,51 +5915,51 @@
       </c>
       <c r="AB52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
           <t>481951. Про передачу земельної ділянки КП «Здолбунівське» для будівництва та обслуговування будівель закладів побутового обслуговування в селі Степанівка</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>34</v>
       </c>
       <c r="E53" t="s">
         <v>35</v>
       </c>
       <c r="F53" t="s">
         <v>41</v>
       </c>
       <c r="G53" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J53" t="s" s="5">
@@ -6021,51 +6018,51 @@
       </c>
       <c r="AB53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE53" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>482052. Про передачу земельної ділянки КП «Здолбунівське» для будівництва та обслуговування будівель закладів побутового обслуговування в селі Копиткове</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>34</v>
       </c>
       <c r="E54" t="s">
         <v>35</v>
       </c>
       <c r="F54" t="s">
         <v>41</v>
       </c>
       <c r="G54" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J54" t="s" s="5">
@@ -6124,51 +6121,51 @@
       </c>
       <c r="AB54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE54" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG54" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
           <t>482153. Про передачу земельної ділянки КП «Здолбунівське» для будівництва та обслуговування будівель закладів побутового обслуговування в селі Новомильськ</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>34</v>
       </c>
       <c r="E55" t="s">
         <v>35</v>
       </c>
       <c r="F55" t="s">
         <v>41</v>
       </c>
       <c r="G55" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J55" t="s" s="5">
@@ -6227,65 +6224,65 @@
       </c>
       <c r="AB55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE55" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG55" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
           <t>482254. Про затвердження проекту щодо відведення земельної ділянки в постійне користування ОСББ «Шалений вулик на Мазепи 28 »</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>34</v>
       </c>
       <c r="E56" t="s">
         <v>35</v>
       </c>
       <c r="F56" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="G56" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H56" t="s" s="5">
         <v>42</v>
       </c>
       <c r="I56" t="s" s="5">
         <v>42</v>
       </c>
       <c r="J56" t="s" s="5">
         <v>37</v>
       </c>
       <c r="K56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="L56" t="s" s="5">
         <v>42</v>
       </c>
       <c r="M56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="N56" t="s" s="5">
         <v>42</v>
       </c>
@@ -6330,51 +6327,51 @@
       </c>
       <c r="AB56" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE56" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG56" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
           <t>482355. Про затвердження технічної документації із землеустрою щодо поділу земельної ділянки Здолбунівської міської ради (код згідно КВЦПЗ – 02.06) для колективного гаражного будівництва в місті</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>34</v>
       </c>
       <c r="E57" t="s">
         <v>35</v>
       </c>
       <c r="F57" t="s">
         <v>36</v>
       </c>
       <c r="G57" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J57" t="s" s="5">
@@ -6433,51 +6430,51 @@
       </c>
       <c r="AB57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE57" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG57" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
           <t>482556. Про затвердження технічної документації із землеустрою громадянці Поддубій Катерині Леонідівні пай</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>34</v>
       </c>
       <c r="E58" t="s">
         <v>35</v>
       </c>
       <c r="F58" t="s">
         <v>36</v>
       </c>
       <c r="G58" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J58" t="s" s="5">
@@ -6536,51 +6533,51 @@
       </c>
       <c r="AB58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG58" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
           <t>482657. Про затвердження технічної документації із землеустрою громадянці Поддубій Катерині Леонідівні пай-2</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>34</v>
       </c>
       <c r="E59" t="s">
         <v>35</v>
       </c>
       <c r="F59" t="s">
         <v>36</v>
       </c>
       <c r="G59" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J59" t="s" s="5">
@@ -6639,51 +6636,51 @@
       </c>
       <c r="AB59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE59" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
           <t>482758. Про затвердження звіту про експертну грошову оцінку земельної ділянки несільськогосподарського призначення та продаж вказаної земельної ділянки громадянину Скотинянського В.В.</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>34</v>
       </c>
       <c r="E60" t="s">
         <v>35</v>
       </c>
       <c r="F60" t="s">
         <v>41</v>
       </c>
       <c r="G60" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J60" t="s" s="5">
@@ -6742,51 +6739,51 @@
       </c>
       <c r="AB60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE60" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
           <t>482859. Про надання дозволу на виготовлення технічної документації із землеустрою щодо проведення інвентаризації земельної ділянки кадастровий номер 5622610100 00 006 0529 комунальної власності в місті</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>34</v>
       </c>
       <c r="E61" t="s">
         <v>35</v>
       </c>
       <c r="F61" t="s">
         <v>41</v>
       </c>
       <c r="G61" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J61" t="s" s="5">
@@ -6845,51 +6842,51 @@
       </c>
       <c r="AB61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE61" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG61" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
           <t>482960. Про надання дозволу на виготовлення технічної документації із землеустрою щодо проведення інвентаризації земельної ділянки комунальної власності за межами населених пунктів</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>34</v>
       </c>
       <c r="E62" t="s">
         <v>35</v>
       </c>
       <c r="F62" t="s">
         <v>52</v>
       </c>
       <c r="G62" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J62" t="s" s="5">
@@ -6948,51 +6945,51 @@
       </c>
       <c r="AB62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE62" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG62" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
           <t>483161. Про надання дозволу ОСББ Заводське, 3 на розроблення проекту землеустрою щодо відведення земельної ділянки по вулиці Заводська, 3 в місті Здолбунів</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>34</v>
       </c>
       <c r="E63" t="s">
         <v>35</v>
       </c>
       <c r="F63" t="s">
         <v>52</v>
       </c>
       <c r="G63" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H63" t="s" s="5">
         <v>42</v>
       </c>
       <c r="I63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J63" t="s" s="5">
@@ -7051,51 +7048,51 @@
       </c>
       <c r="AB63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE63" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
           <t>483262. Про надання дозволу ОСББ Надія +25 на розроблення проекту землеустрою щодо відведення земельної ділянки по вулиці Шкільна, 25 в місті Здолбунів</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>34</v>
       </c>
       <c r="E64" t="s">
         <v>35</v>
       </c>
       <c r="F64" t="s">
         <v>52</v>
       </c>
       <c r="G64" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H64" t="s" s="5">
         <v>42</v>
       </c>
       <c r="I64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J64" t="s" s="5">
@@ -7154,51 +7151,51 @@
       </c>
       <c r="AB64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE64" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG64" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
           <t>483363. Про надання дозволу ОСББ Космос на розроблення проекту землеустрою щодо відведення земельної ділянки по вулиці Лесі Українки, 1А в місті Здолбунів</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>34</v>
       </c>
       <c r="E65" t="s">
         <v>35</v>
       </c>
       <c r="F65" t="s">
         <v>41</v>
       </c>
       <c r="G65" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J65" t="s" s="5">
@@ -7257,51 +7254,51 @@
       </c>
       <c r="AB65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE65" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG65" t="s" s="5">
         <v>42</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
           <t>483564. Про надання дозволу громадянці Рябущись Вікторії Володимирівні на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>34</v>
       </c>
       <c r="E66" t="s">
         <v>35</v>
       </c>
       <c r="F66" t="s">
         <v>60</v>
       </c>
       <c r="G66" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J66" t="s" s="5">
@@ -7360,51 +7357,51 @@
       </c>
       <c r="AB66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE66" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG66" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
           <t>483665. Про надання дозволу громадянину Самчуку Олександру Романовичу на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>34</v>
       </c>
       <c r="E67" t="s">
         <v>35</v>
       </c>
       <c r="F67" t="s">
         <v>60</v>
       </c>
       <c r="G67" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J67" t="s" s="5">
@@ -7463,51 +7460,51 @@
       </c>
       <c r="AB67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE67" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG67" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
           <t>483766. Про надання дозволу громадянці Возній Тетяні Анатоліївні на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення городництва</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>34</v>
       </c>
       <c r="E68" t="s">
         <v>35</v>
       </c>
       <c r="F68" t="s">
         <v>60</v>
       </c>
       <c r="G68" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J68" t="s" s="5">
@@ -7566,51 +7563,51 @@
       </c>
       <c r="AB68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE68" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG68" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
           <t>483868. Про надання дозволу громадянину Жовклому Сергію Григоровичу на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>34</v>
       </c>
       <c r="E69" t="s">
         <v>35</v>
       </c>
       <c r="F69" t="s">
         <v>60</v>
       </c>
       <c r="G69" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J69" t="s" s="5">
@@ -7669,51 +7666,51 @@
       </c>
       <c r="AB69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE69" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG69" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
           <t>483969. Про надання дозволу громадянину Войтко Валентину Олексійовичу на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>34</v>
       </c>
       <c r="E70" t="s">
         <v>35</v>
       </c>
       <c r="F70" t="s">
         <v>60</v>
       </c>
       <c r="G70" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J70" t="s" s="5">
@@ -7772,51 +7769,51 @@
       </c>
       <c r="AB70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE70" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG70" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
           <t>484070. Про надання дозволу громадянці Черняхович Тетяні Володимирівні на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>34</v>
       </c>
       <c r="E71" t="s">
         <v>35</v>
       </c>
       <c r="F71" t="s">
         <v>60</v>
       </c>
       <c r="G71" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J71" t="s" s="5">
@@ -7875,51 +7872,51 @@
       </c>
       <c r="AB71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE71" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG71" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
           <t>484171. Про надання дозволу громадянці Васькевичу Богдану Васильовичу на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>34</v>
       </c>
       <c r="E72" t="s">
         <v>35</v>
       </c>
       <c r="F72" t="s">
         <v>60</v>
       </c>
       <c r="G72" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J72" t="s" s="5">
@@ -7978,51 +7975,51 @@
       </c>
       <c r="AB72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE72" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG72" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
           <t>484272. Про надання дозволу громадянці Скрипчук Наталії Степанівні на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення городництва</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>34</v>
       </c>
       <c r="E73" t="s">
         <v>35</v>
       </c>
       <c r="F73" t="s">
         <v>60</v>
       </c>
       <c r="G73" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J73" t="s" s="5">
@@ -8081,51 +8078,51 @@
       </c>
       <c r="AB73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE73" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG73" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
           <t>484373. Про надання дозволу громадянці Поповій Надії Олександрівні на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення городництва</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>34</v>
       </c>
       <c r="E74" t="s">
         <v>35</v>
       </c>
       <c r="F74" t="s">
         <v>60</v>
       </c>
       <c r="G74" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J74" t="s" s="5">
@@ -8184,51 +8181,51 @@
       </c>
       <c r="AB74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE74" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG74" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
           <t>484467. Про надання дозволу громадянці Стеценко Ю. Е. на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення городництва ділянкае</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>34</v>
       </c>
       <c r="E75" t="s">
         <v>35</v>
       </c>
       <c r="F75" t="s">
         <v>52</v>
       </c>
       <c r="G75" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J75" t="s" s="5">
@@ -8287,51 +8284,51 @@
       </c>
       <c r="AB75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE75" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG75" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
           <t>484574. Про надання дозволу громадянину Каміннику Мирославу Вікторовичу на виготовлення технічної документації із землеустрою щодо поділу земельної ділянки, по вулиці Котляревського, в місті</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>34</v>
       </c>
       <c r="E76" t="s">
         <v>35</v>
       </c>
       <c r="F76" t="s">
         <v>52</v>
       </c>
       <c r="G76" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H76" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I76" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J76" t="s" s="5">
@@ -8390,65 +8387,65 @@
       </c>
       <c r="AB76" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC76" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD76" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE76" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF76" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG76" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
           <t>484675. Про внесення змін в рішення Здолбунівської міської ради від 26.11.2024 № 2467 «Про затвердження звіту про експертну грошову оцінку земельної ділянки та продаж вказаної земельної»</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>34</v>
       </c>
       <c r="E77" t="s">
         <v>35</v>
       </c>
       <c r="F77" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="G77" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J77" t="s" s="5">
         <v>37</v>
       </c>
       <c r="K77" t="s" s="5">
         <v>42</v>
       </c>
       <c r="L77" t="s" s="5">
         <v>42</v>
       </c>
       <c r="M77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="N77" t="s" s="5">
         <v>42</v>
       </c>
@@ -8493,65 +8490,65 @@
       </c>
       <c r="AB77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE77" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG77" t="s" s="5">
         <v>42</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
           <t>484776. Про надання дозволу Товариству з обмеженою відповідальністю «Орієнтир-Рівне» на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>34</v>
       </c>
       <c r="E78" t="s">
         <v>35</v>
       </c>
       <c r="F78" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G78" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H78" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I78" t="s" s="5">
         <v>42</v>
       </c>
       <c r="J78" t="s" s="5">
         <v>37</v>
       </c>
       <c r="K78" t="s" s="5">
         <v>38</v>
       </c>
       <c r="L78" t="s" s="5">
         <v>42</v>
       </c>
       <c r="M78" t="s" s="5">
         <v>38</v>
       </c>
       <c r="N78" t="s" s="5">
         <v>42</v>
       </c>
@@ -8596,51 +8593,51 @@
       </c>
       <c r="AB78" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC78" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD78" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE78" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF78" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG78" t="s" s="5">
         <v>42</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
           <t>484877. Дозвіл громадянину Ігнатюку Миколі Олеговичу на вигот. проекту землеустрою у власність шляхом викупу</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>34</v>
       </c>
       <c r="E79" t="s">
         <v>35</v>
       </c>
       <c r="F79" t="s">
         <v>36</v>
       </c>
       <c r="G79" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J79" t="s" s="5">
@@ -8699,51 +8696,51 @@
       </c>
       <c r="AB79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE79" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG79" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C80" t="inlineStr" s="4">
         <is>
           <t>484978. Про надання дозволу на розроблення технічних документацій з нормативної грошової оцінки земельної ділянки 5622681600 00 009 0175</t>
         </is>
       </c>
       <c r="D80" t="s">
         <v>34</v>
       </c>
       <c r="E80" t="s">
         <v>35</v>
       </c>
       <c r="F80" t="s">
         <v>52</v>
       </c>
       <c r="G80" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H80" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I80" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J80" t="s" s="5">
@@ -8802,65 +8799,65 @@
       </c>
       <c r="AB80" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC80" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD80" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE80" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF80" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG80" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C81" t="inlineStr" s="4">
         <is>
           <t>485079. Про надання дозволу Здолбунівській міській раді на розробку технічної документації із землеустрою щодо встановлення меж частини земельної ділянки, на яку поширюється право сервітуту</t>
         </is>
       </c>
       <c r="D81" t="s">
         <v>34</v>
       </c>
       <c r="E81" t="s">
         <v>35</v>
       </c>
       <c r="F81" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G81" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H81" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I81" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J81" t="s" s="5">
         <v>37</v>
       </c>
       <c r="K81" t="s" s="5">
         <v>42</v>
       </c>
       <c r="L81" t="s" s="5">
         <v>38</v>
       </c>
       <c r="M81" t="s" s="5">
         <v>38</v>
       </c>
       <c r="N81" t="s" s="5">
         <v>38</v>
       </c>
@@ -8905,51 +8902,51 @@
       </c>
       <c r="AB81" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC81" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD81" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE81" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF81" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG81" t="s" s="5">
         <v>42</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C82" t="inlineStr" s="4">
         <is>
           <t>485180. Про включення земельної ділянки по вулиці Березнева до переліку земельних ділянок несільськогосподарського призначення, що підлягають продажу у власність на земельних торгах у формі</t>
         </is>
       </c>
       <c r="D82" t="s">
         <v>34</v>
       </c>
       <c r="E82" t="s">
         <v>35</v>
       </c>
       <c r="F82" t="s">
         <v>41</v>
       </c>
       <c r="G82" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H82" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I82" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J82" t="s" s="5">
@@ -9008,65 +9005,65 @@
       </c>
       <c r="AB82" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC82" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD82" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE82" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF82" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG82" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C83" t="inlineStr" s="4">
         <is>
           <t>485381. Про надання дозволу громадянці Вернюк Світлані Василівні на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення городництва</t>
         </is>
       </c>
       <c r="D83" t="s">
         <v>34</v>
       </c>
       <c r="E83" t="s">
         <v>35</v>
       </c>
       <c r="F83" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G83" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H83" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I83" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J83" t="s" s="5">
         <v>37</v>
       </c>
       <c r="K83" t="s" s="5">
         <v>38</v>
       </c>
       <c r="L83" t="s" s="5">
         <v>42</v>
       </c>
       <c r="M83" t="s" s="5">
         <v>38</v>
       </c>
       <c r="N83" t="s" s="5">
         <v>38</v>
       </c>
@@ -9111,65 +9108,65 @@
       </c>
       <c r="AB83" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC83" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD83" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE83" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF83" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG83" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C84" t="inlineStr" s="4">
         <is>
           <t>485482. Про надання дозволу громадянину Вернюку Назару Ярославовичу на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення</t>
         </is>
       </c>
       <c r="D84" t="s">
         <v>34</v>
       </c>
       <c r="E84" t="s">
         <v>35</v>
       </c>
       <c r="F84" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G84" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H84" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I84" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J84" t="s" s="5">
         <v>37</v>
       </c>
       <c r="K84" t="s" s="5">
         <v>38</v>
       </c>
       <c r="L84" t="s" s="5">
         <v>42</v>
       </c>
       <c r="M84" t="s" s="5">
         <v>38</v>
       </c>
       <c r="N84" t="s" s="5">
         <v>38</v>
       </c>
@@ -9214,65 +9211,65 @@
       </c>
       <c r="AB84" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC84" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD84" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE84" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF84" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG84" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C85" t="inlineStr" s="4">
         <is>
           <t>485583. Про надання дозволу громадянці Вернюк Ілоні Володимирі на розроблення проекту землеустрою щодо відведення земельної ділянки в оренду терміном на 7 (сім) років для ведення городництва</t>
         </is>
       </c>
       <c r="D85" t="s">
         <v>34</v>
       </c>
       <c r="E85" t="s">
         <v>35</v>
       </c>
       <c r="F85" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G85" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H85" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I85" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J85" t="s" s="5">
         <v>37</v>
       </c>
       <c r="K85" t="s" s="5">
         <v>38</v>
       </c>
       <c r="L85" t="s" s="5">
         <v>42</v>
       </c>
       <c r="M85" t="s" s="5">
         <v>38</v>
       </c>
       <c r="N85" t="s" s="5">
         <v>38</v>
       </c>
@@ -9317,54 +9314,54 @@
       </c>
       <c r="AB85" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC85" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD85" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE85" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF85" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG85" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
+        <v>122</v>
+      </c>
+      <c r="C86" t="s" s="4">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D86" t="s">
         <v>34</v>
       </c>
       <c r="E86" t="s">
         <v>35</v>
       </c>
       <c r="F86" t="s">
         <v>41</v>
       </c>
       <c r="G86" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H86" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I86" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J86" t="s" s="5">
         <v>37</v>
       </c>
       <c r="K86" t="s" s="5">
         <v>38</v>
       </c>
@@ -9418,51 +9415,51 @@
       </c>
       <c r="AB86" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC86" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD86" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE86" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF86" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG86" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C87" t="inlineStr" s="4">
         <is>
           <t>485785. Про внесення змін у рішення міської ради від 10 грудня 2020 року № 15 «Про затвердження структури виконавчих органів Здолбунівської міської ради, загальної чисельності апарату ради та її</t>
         </is>
       </c>
       <c r="D87" t="s">
         <v>34</v>
       </c>
       <c r="E87" t="s">
         <v>35</v>
       </c>
       <c r="F87" t="s">
         <v>41</v>
       </c>
       <c r="G87" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H87" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I87" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J87" t="s" s="5">
@@ -9521,51 +9518,51 @@
       </c>
       <c r="AB87" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC87" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD87" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE87" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF87" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG87" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C88" t="inlineStr" s="4">
         <is>
           <t>485886. Про звернення депутатів до Верховної Ради України щодо надання медичної допомоги військовим</t>
         </is>
       </c>
       <c r="D88" t="s">
         <v>34</v>
       </c>
       <c r="E88" t="s">
         <v>35</v>
       </c>
       <c r="F88" t="s">
         <v>52</v>
       </c>
       <c r="G88" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H88" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I88" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J88" t="s" s="5">
@@ -9624,51 +9621,51 @@
       </c>
       <c r="AB88" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC88" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD88" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE88" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF88" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG88" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C89" t="inlineStr" s="4">
         <is>
           <t>485987. Про звернення депутатів до Верховної Ради України щодо підтвердження страхового стажу військовим</t>
         </is>
       </c>
       <c r="D89" t="s">
         <v>34</v>
       </c>
       <c r="E89" t="s">
         <v>35</v>
       </c>
       <c r="F89" t="s">
         <v>60</v>
       </c>
       <c r="G89" t="s" s="5">
         <v>37</v>
       </c>
       <c r="H89" t="s" s="5">
         <v>38</v>
       </c>
       <c r="I89" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J89" t="s" s="5">
@@ -9730,484 +9727,484 @@
       </c>
       <c r="AC89" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD89" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE89" t="s" s="5">
         <v>37</v>
       </c>
       <c r="AF89" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG89" t="s" s="5">
         <v>38</v>
       </c>
     </row>
     <row r="90">
       <c r="A90"/>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90" t="s">
+        <v>127</v>
+      </c>
+      <c r="H90" t="s">
         <v>128</v>
       </c>
-      <c r="H90" t="s">
+      <c r="I90" t="s">
         <v>129</v>
       </c>
-      <c r="I90" t="s">
+      <c r="J90" t="s">
+        <v>127</v>
+      </c>
+      <c r="K90" t="s">
         <v>130</v>
       </c>
-      <c r="J90" t="s">
-[...2 lines deleted...]
-      <c r="K90" t="s">
+      <c r="L90" t="s">
         <v>131</v>
       </c>
-      <c r="L90" t="s">
+      <c r="M90" t="s">
+        <v>129</v>
+      </c>
+      <c r="N90" t="s">
         <v>132</v>
       </c>
-      <c r="M90" t="s">
+      <c r="O90" t="s">
+        <v>133</v>
+      </c>
+      <c r="P90" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>135</v>
+      </c>
+      <c r="R90" t="s">
+        <v>136</v>
+      </c>
+      <c r="S90" t="s">
+        <v>127</v>
+      </c>
+      <c r="T90" t="s">
+        <v>137</v>
+      </c>
+      <c r="U90" t="s">
+        <v>138</v>
+      </c>
+      <c r="V90" t="s">
+        <v>127</v>
+      </c>
+      <c r="W90" t="s">
+        <v>139</v>
+      </c>
+      <c r="X90" t="s">
+        <v>140</v>
+      </c>
+      <c r="Y90" t="s">
+        <v>129</v>
+      </c>
+      <c r="Z90" t="s">
         <v>130</v>
       </c>
-      <c r="N90" t="s">
-[...5 lines deleted...]
-      <c r="P90" t="s">
+      <c r="AA90" t="s">
         <v>135</v>
       </c>
-      <c r="Q90" t="s">
+      <c r="AB90" t="s">
         <v>136</v>
       </c>
-      <c r="R90" t="s">
-[...17 lines deleted...]
-      <c r="X90" t="s">
+      <c r="AC90" t="s">
+        <v>135</v>
+      </c>
+      <c r="AD90" t="s">
+        <v>136</v>
+      </c>
+      <c r="AE90" t="s">
+        <v>127</v>
+      </c>
+      <c r="AF90" t="s">
+        <v>136</v>
+      </c>
+      <c r="AG90" t="s">
         <v>141</v>
-      </c>
-[...25 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="91">
       <c r="A91"/>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
       <c r="G91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="H91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="I91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="L91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="M91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="N91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="O91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="P91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="Q91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="R91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="S91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="T91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="U91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="V91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="W91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="X91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="Y91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="Z91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AA91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AB91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AC91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AD91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AE91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AF91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AG91" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
     </row>
     <row r="92">
       <c r="A92"/>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="H92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="I92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="K92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="L92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="M92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="N92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="O92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="P92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="Q92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="R92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="S92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="T92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="U92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="V92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="W92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="X92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="Y92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="Z92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AA92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AB92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AC92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AD92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AE92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AF92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AG92" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="93">
       <c r="A93"/>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93"/>
       <c r="G93" t="s">
+        <v>144</v>
+      </c>
+      <c r="H93" t="s">
         <v>145</v>
       </c>
-      <c r="H93" t="s">
+      <c r="I93" t="s">
         <v>146</v>
       </c>
-      <c r="I93" t="s">
+      <c r="J93" t="s">
+        <v>144</v>
+      </c>
+      <c r="K93" t="s">
+        <v>145</v>
+      </c>
+      <c r="L93" t="s">
         <v>147</v>
       </c>
-      <c r="J93" t="s">
-[...2 lines deleted...]
-      <c r="K93" t="s">
+      <c r="M93" t="s">
+        <v>148</v>
+      </c>
+      <c r="N93" t="s">
+        <v>149</v>
+      </c>
+      <c r="O93" t="s">
         <v>146</v>
       </c>
-      <c r="L93" t="s">
-[...5 lines deleted...]
-      <c r="N93" t="s">
+      <c r="P93" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q93" t="s">
         <v>150</v>
       </c>
-      <c r="O93" t="s">
-[...5 lines deleted...]
-      <c r="Q93" t="s">
+      <c r="R93" t="s">
+        <v>144</v>
+      </c>
+      <c r="S93" t="s">
+        <v>144</v>
+      </c>
+      <c r="T93" t="s">
         <v>151</v>
       </c>
-      <c r="R93" t="s">
-[...5 lines deleted...]
-      <c r="T93" t="s">
+      <c r="U93" t="s">
         <v>152</v>
       </c>
-      <c r="U93" t="s">
+      <c r="V93" t="s">
+        <v>144</v>
+      </c>
+      <c r="W93" t="s">
         <v>153</v>
       </c>
-      <c r="V93" t="s">
-[...2 lines deleted...]
-      <c r="W93" t="s">
+      <c r="X93" t="s">
         <v>154</v>
       </c>
-      <c r="X93" t="s">
+      <c r="Y93" t="s">
         <v>155</v>
       </c>
-      <c r="Y93" t="s">
+      <c r="Z93" t="s">
         <v>156</v>
       </c>
-      <c r="Z93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA93" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB93" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC93" t="s">
+        <v>146</v>
+      </c>
+      <c r="AD93" t="s">
+        <v>144</v>
+      </c>
+      <c r="AE93" t="s">
+        <v>144</v>
+      </c>
+      <c r="AF93" t="s">
+        <v>150</v>
+      </c>
+      <c r="AG93" t="s">
         <v>151</v>
-      </c>
-[...16 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="94">
       <c r="A94"/>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94"/>
       <c r="G94" t="s">
+        <v>157</v>
+      </c>
+      <c r="H94" t="s">
         <v>158</v>
       </c>
-      <c r="H94" t="s">
+      <c r="I94" t="s">
         <v>159</v>
       </c>
-      <c r="I94" t="s">
+      <c r="J94" t="s">
+        <v>157</v>
+      </c>
+      <c r="K94" t="s">
         <v>160</v>
       </c>
-      <c r="J94" t="s">
+      <c r="L94" t="s">
         <v>158</v>
       </c>
-      <c r="K94" t="s">
+      <c r="M94" t="s">
+        <v>158</v>
+      </c>
+      <c r="N94" t="s">
+        <v>158</v>
+      </c>
+      <c r="O94" t="s">
+        <v>158</v>
+      </c>
+      <c r="P94" t="s">
         <v>161</v>
       </c>
-      <c r="L94" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="Q94" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="R94" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="S94" t="s">
+        <v>157</v>
+      </c>
+      <c r="T94" t="s">
+        <v>160</v>
+      </c>
+      <c r="U94" t="s">
         <v>158</v>
       </c>
-      <c r="T94" t="s">
+      <c r="V94" t="s">
+        <v>157</v>
+      </c>
+      <c r="W94" t="s">
         <v>161</v>
       </c>
-      <c r="U94" t="s">
-[...2 lines deleted...]
-      <c r="V94" t="s">
+      <c r="X94" t="s">
         <v>158</v>
       </c>
-      <c r="W94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Y94" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="Z94" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="AA94" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="AB94" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="AC94" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="AD94" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="AE94" t="s">
+        <v>157</v>
+      </c>
+      <c r="AF94" t="s">
+        <v>161</v>
+      </c>
+      <c r="AG94" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D1:E1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>